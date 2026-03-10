--- v0 (2025-12-31)
+++ v1 (2026-03-10)
@@ -10,83 +10,90 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="20">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>Ricardo Liberato</t>
+  </si>
+  <si>
+    <t>http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/44882/pl_7108_2016.pdf</t>
+  </si>
+  <si>
+    <t>Denomina artéria nesta cidade. AVENIDA PAULO QUEIROZ DE LIMA, a principal via acesso a Serrote dos Bois, 4º Distrito deste município / Estrada_x000D_
+Municipal de Acesso a Maniçoba, conforme consta sua existência de forma primitiva e em registros de loteamentos acostados na Divisão de Cadastro Imobiliário da municipalidade, Cartório de Registro de Imóveis desta Comarca, cujo seu curso sai do bairro Presidente Kennedy, bairro Nina Liberato (Lei n° 5503), sentido divisa entre Caruaru e São Caetano.</t>
   </si>
   <si>
     <t>http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/13572/projeto_de_lei_7.111-2016_organized.pdf</t>
   </si>
   <si>
     <t>Denomina artéria nesta cidade e dá outras providências. - AVENIDA CAETANO DE OLIVEIRA GOMES</t>
   </si>
   <si>
     <t>Edmilson do Salgado</t>
   </si>
   <si>
     <t>http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5138/pl-7236.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARTÉRIA NO LOTEAMENTO JARDIM IMPERIAL (RUA MARIANO PAULO DE ARAUJO)</t>
   </si>
   <si>
     <t>http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5137/pl_7239_kIzRe7q.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARTÉRIA (RUA OSCAR ARAUJO DA SILVA)</t>
   </si>
 </sst>
 </file>
 
@@ -411,180 +418,207 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/13572/projeto_de_lei_7.111-2016_organized.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5138/pl-7236.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5137/pl_7239_kIzRe7q.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/44882/pl_7108_2016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/13572/projeto_de_lei_7.111-2016_organized.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5138/pl-7236.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caruaru.pe.leg.br/sapl/public/materialegislativa/2016/5137/pl_7239_kIzRe7q.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="102" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>13572</v>
+        <v>44882</v>
       </c>
       <c r="B2">
         <v>2016</v>
       </c>
       <c r="C2">
-        <v>7111</v>
+        <v>7108</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>5138</v>
+        <v>13572</v>
       </c>
       <c r="B3">
         <v>2016</v>
       </c>
       <c r="C3">
-        <v>7236</v>
+        <v>7111</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>5137</v>
+        <v>5138</v>
       </c>
       <c r="B4">
         <v>2016</v>
       </c>
       <c r="C4">
-        <v>7239</v>
+        <v>7236</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H4" t="s">
         <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5">
+        <v>5137</v>
+      </c>
+      <c r="B5">
+        <v>2016</v>
+      </c>
+      <c r="C5">
+        <v>7239</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H5" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>